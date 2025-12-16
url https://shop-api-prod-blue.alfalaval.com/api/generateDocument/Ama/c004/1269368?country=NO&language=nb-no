--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -155,51 +155,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2025-10-16</w:t>
+        <w:t>2025-12-16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F83711">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F83711">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F83711">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ref:</w:t>